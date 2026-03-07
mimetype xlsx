--- v0 (2025-12-08)
+++ v1 (2026-03-07)
@@ -1216,251 +1216,251 @@
     <row r="15" spans="1:5">
       <c r="A15" s="1">
         <v>13</v>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>JP Bloodstock</t>
         </is>
       </c>
       <c r="C15" s="2">
         <v>3</v>
       </c>
       <c r="D15" s="2">
         <v>196667</v>
       </c>
       <c r="E15" s="2">
         <v>590000</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="1">
         <v>14</v>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>Paddy Twomey Racing \ Bond Thoroughbreds</t>
+          <t>Blandford Bloodstock</t>
         </is>
       </c>
       <c r="C16" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D16" s="2">
-        <v>550000</v>
+        <v>193333</v>
       </c>
       <c r="E16" s="2">
-        <v>550000</v>
+        <v>580000</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="1">
         <v>15</v>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>Littleton Stud</t>
+          <t>Paddy Twomey Racing \ Bond Thoroughbreds</t>
         </is>
       </c>
       <c r="C17" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D17" s="2">
-        <v>171667</v>
+        <v>550000</v>
       </c>
       <c r="E17" s="2">
-        <v>515000</v>
+        <v>550000</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="1">
         <v>16</v>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>MK Bloodstock</t>
+          <t>Littleton Stud</t>
         </is>
       </c>
       <c r="C18" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D18" s="2">
-        <v>500000</v>
+        <v>171667</v>
       </c>
       <c r="E18" s="2">
-        <v>500000</v>
+        <v>515000</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="1">
         <v>17</v>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>Camas Park Stud</t>
+          <t>MK Bloodstock</t>
         </is>
       </c>
       <c r="C19" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D19" s="2">
-        <v>158333</v>
+        <v>500000</v>
       </c>
       <c r="E19" s="2">
-        <v>475000</v>
+        <v>500000</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="1">
         <v>18</v>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>Ballyphilip Stud</t>
+          <t>Camas Park Stud</t>
         </is>
       </c>
       <c r="C20" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D20" s="2">
-        <v>118000</v>
+        <v>158333</v>
       </c>
       <c r="E20" s="2">
-        <v>472000</v>
+        <v>475000</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="1">
         <v>19</v>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>Peter &amp; Ross Doyle Bloodstock</t>
+          <t>Ballyphilip Stud</t>
         </is>
       </c>
       <c r="C21" s="2">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D21" s="2">
-        <v>65000</v>
+        <v>118000</v>
       </c>
       <c r="E21" s="2">
-        <v>455000</v>
+        <v>472000</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="1">
         <v>20</v>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>Oneliner Stables</t>
+          <t>Peter &amp; Ross Doyle Bloodstock</t>
         </is>
       </c>
       <c r="C22" s="2">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D22" s="2">
-        <v>113250</v>
+        <v>65000</v>
       </c>
       <c r="E22" s="2">
-        <v>453000</v>
+        <v>455000</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="1">
         <v>21</v>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>Mags O'Toole</t>
+          <t>Oneliner Stables</t>
         </is>
       </c>
       <c r="C23" s="2">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D23" s="2">
-        <v>86600</v>
+        <v>113250</v>
       </c>
       <c r="E23" s="2">
-        <v>433000</v>
+        <v>453000</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="1">
         <v>22</v>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>Juddmonte</t>
+          <t>Mags O'Toole</t>
         </is>
       </c>
       <c r="C24" s="2">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D24" s="2">
-        <v>192500</v>
+        <v>86600</v>
       </c>
       <c r="E24" s="2">
-        <v>385000</v>
+        <v>433000</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="1">
         <v>23</v>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>Repole Stable, Inc. / Solis / Litt / Varian</t>
+          <t>Juddmonte</t>
         </is>
       </c>
       <c r="C25" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D25" s="2">
-        <v>128333</v>
+        <v>192500</v>
       </c>
       <c r="E25" s="2">
         <v>385000</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="1">
         <v>24</v>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>Blandford Bloodstock</t>
+          <t>Repole Stable, Inc. / Solis / Litt / Varian</t>
         </is>
       </c>
       <c r="C26" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D26" s="2">
-        <v>190000</v>
+        <v>128333</v>
       </c>
       <c r="E26" s="2">
-        <v>380000</v>
+        <v>385000</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" s="1">
         <v>25</v>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Hillwood Bloodstock</t>
         </is>
       </c>
       <c r="C27" s="2">
         <v>4</v>
       </c>
       <c r="D27" s="2">
         <v>92250</v>
       </c>
       <c r="E27" s="2">
         <v>369000</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="1">
         <v>26</v>
       </c>